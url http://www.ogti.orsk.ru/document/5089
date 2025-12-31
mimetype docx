--- v0 (2025-11-10)
+++ v1 (2025-12-31)
@@ -458,6349 +458,6351 @@
             <w:tcW w:w="633" w:type="pct"/>
           </w:tcPr>
           <w:p w:rsidR="005A3AAD" w:rsidRDefault="005A3AAD" w:rsidP="005A3AAD">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00CA0D17">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="484" w:type="pct"/>
           </w:tcPr>
           <w:p w:rsidR="005A3AAD" w:rsidRDefault="0064107F" w:rsidP="005A3AAD">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
+      <w:tr w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1445" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00906636">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="632" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00906636">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="633" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008C7928">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="484" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008C7928">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
+      <w:tr w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>09.03.03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1445" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Прикладная информатика</w:t>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>профиль Прикладная информатика в экономике</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>высшее образование – бакалавриат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="632" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA0D17">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="633" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA0D17">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="484" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...24 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
+      <w:tr w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>13.03.01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1445" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Теплоэнергетика и теплотехника</w:t>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>профиль Энергообеспечение предприятий</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>высшее образование – бакалавриат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="632" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA0D17">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="633" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA0D17">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="484" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00DE13D0" w:rsidP="00F759B0">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...11 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
+      <w:tr w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>13.03.02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1445" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Электроэнергетика и электротехника</w:t>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>профиль Электроснабжение</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>высшее образование – бакалавриат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="632" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA0D17">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="633" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA0D17">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="484" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00A81425" w:rsidP="00F759B0">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t>0</w:t>
-[...25 lines deleted...]
-              <w:t>0</w:t>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
+      <w:tr w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1445" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="632" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA0D17">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="633" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA0D17">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="484" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...24 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
+      <w:tr w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>15.03.05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1445" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Конструкторско-технологическое обеспечение машиностроительных производств</w:t>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>профиль Технология машиностроения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>высшее образование – бакалавриат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="632" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA0D17">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="633" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA0D17">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="484" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...24 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
+      <w:tr w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1445" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="632" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA0D17">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="633" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA0D17">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="484" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...24 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidTr="00784DA2">
+      <w:tr w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidTr="00784DA2">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1104"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>22.03.01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1445" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Материаловедение и технология материалов</w:t>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>профиль Материаловедение и технологии материалов в машиностроении</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>высшее образование – бакалавриат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="632" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA0D17">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="633" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA0D17">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="484" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...24 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidTr="00744BE6">
+      <w:tr w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidTr="00744BE6">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1104"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>23.03.03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1445" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Эксплуатация транспортно- технологических машин и комплексов</w:t>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>профиль Автомобили и автомобильное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>высшее образование – бакалавриат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="632" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA0D17">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="633" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA0D17">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="484" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...24 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
+      <w:tr w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>38.03.01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1445" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Экономика</w:t>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>профиль Бухгалтерский учет, анализ и аудит</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>высшее образование – бакалавриат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="632" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA0D17">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="633" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA0D17">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="484" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...24 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
+      <w:tr w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1445" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очно-заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="632" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA0D17">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="633" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA0D17">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="484" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...24 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
+      <w:tr w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1445" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="632" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA0D17">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="633" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA0D17">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="484" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...24 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
+      <w:tr w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>38.03.01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1445" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Экономика</w:t>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>профиль Экономика предприятий и организаций</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>высшее образование – бакалавриат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="632" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA0D17">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="633" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA0D17">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="484" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...24 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
+      <w:tr w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1445" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очно-заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="632" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA0D17">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="633" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
-[...12 lines deleted...]
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="009A63A8" w:rsidP="00F759B0">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="484" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00DD1BA6" w:rsidP="00F759B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA0D17">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
+      <w:tr w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1445" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="632" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA0D17">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="633" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007561D5">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="484" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007561D5">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
+      <w:tr w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>38.03.02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1445" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Менеджмент</w:t>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>профиль Финансовый менеджмент</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>высшее образование – бакалавриат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="632" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA0D17">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="633" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007561D5">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="484" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007561D5">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
+      <w:tr w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1445" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очно-заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="632" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA0D17">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="633" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007561D5">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="484" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007561D5">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
+      <w:tr w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1445" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="632" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA0D17">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="633" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007561D5">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="484" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007561D5">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
+      <w:tr w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>38.03.04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1445" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Государственное и муниципальное управление</w:t>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>профиль Муниципальное управление</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>высшее образование – бакалавриат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="632" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA0D17">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="633" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007561D5">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="484" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007561D5">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
+      <w:tr w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1445" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очно-заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="632" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA0D17">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="633" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007561D5">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="484" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007561D5">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
+      <w:tr w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1445" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="632" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA0D17">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="633" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007561D5">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="484" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007561D5">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
+      <w:tr w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>40.03.01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1445" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Юриспруденция</w:t>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>профиль Гражданско-правовой</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>высшее образование – бакалавриат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="632" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA0D17">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="633" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007561D5">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="484" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007561D5">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
+      <w:tr w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1445" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очно-заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="632" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA0D17">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="633" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00DD1BA6" w:rsidP="00F759B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA0D17">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="484" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00EA3407" w:rsidP="00F759B0">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t>0</w:t>
-[...25 lines deleted...]
-              <w:t>0</w:t>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
+      <w:tr w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>44.03.01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1445" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Педагогическое образование</w:t>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>профиль Информатика и ИКТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>высшее образование – бакалавриат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="632" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA0D17">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="633" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA0D17">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="484" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...24 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
+      <w:tr w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>44.03.01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1445" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Педагогическое образование</w:t>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>профиль Безопасность жизнедеятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>высшее образование – бакалавриат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="632" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA0D17">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="633" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA0D17">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="484" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...24 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
+      <w:tr w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1445" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="632" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA0D17">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="633" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA0D17">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="484" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...24 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidTr="00803DFC">
+      <w:tr w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidTr="00803DFC">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="522"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>44.03.01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1445" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Педагогическое образование</w:t>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>профиль История</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>высшее образование – бакалавриат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="632" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA0D17">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="633" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA0D17">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="484" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...24 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
+      <w:tr w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>44.03.01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1445" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Педагогическое образование</w:t>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>профиль Иностранный язык</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>высшее образование – бакалавриат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="632" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA0D17">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="633" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA0D17">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="484" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...24 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
+      <w:tr w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>44.03.01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1445" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Педагогическое образование</w:t>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>профиль Дошкольное образование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>высшее образование – бакалавриат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="632" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA0D17">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="633" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA0D17">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="484" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...24 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
+      <w:tr w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1445" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="632" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA0D17">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="633" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA0D17">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="484" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...24 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidTr="00053082">
+      <w:tr w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidTr="00053082">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="828"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>44.03.01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1445" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Педагогическое образование</w:t>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>профиль Начальное образование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>высшее образование – бакалавриат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="632" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA0D17">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="633" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA0D17">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="484" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...24 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
+      <w:tr w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>44.03.02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1445" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Психолого-педагогическое образование</w:t>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>профиль Психология образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>высшее образование – бакалавриат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="632" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA0D17">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="633" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA0D17">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="484" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t>1</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
+      <w:tr w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1445" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="632" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA0D17">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="633" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA0D17">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="484" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...24 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
+      <w:tr w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>44.03.05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1445" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Педагогическое образование (с двумя профилями подготовки)</w:t>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>профили: «Русский язык», «Литература»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>высшее образование – бакалавриат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t>0</w:t>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="632" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E30E96">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="633" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E30E96">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="484" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E30E96">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
+      <w:tr w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1445" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00060CBE">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="632" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00060CBE">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="633" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00060CBE">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="484" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t>0</w:t>
-[...38 lines deleted...]
-              <w:t>4</w:t>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
+      <w:tr w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>44.03.05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1445" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Педагогическое образование (с двумя профилями подготовки)</w:t>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>профили: «Математика», «Физика»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>высшее образование – бакалавриат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00060CBE">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="632" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00060CBE">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="633" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00060CBE">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="484" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t>0</w:t>
-[...38 lines deleted...]
-              <w:t>1</w:t>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
+      <w:tr w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>44.03.05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1445" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Педагогическое образование (с двумя профилями подготовки)</w:t>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>профили: «Безопасность жизнедеятельности», «Физическая культура»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>высшее образование – бакалавриат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00060CBE">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="632" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00060CBE">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="633" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00060CBE">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="484" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...24 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
+      <w:tr w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>44.03.05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1445" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Педагогическое образование</w:t>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>профили: «Английский язык», «Немецкий язык»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>высшее образование – бакалавриат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00060CBE">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="632" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00060CBE">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="633" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00060CBE">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="484" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...24 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
+      <w:tr w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>44.03.05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1445" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Педагогическое образование (с двумя профилями подготовки)</w:t>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>профили: «Дошкольное образование», «Начальное образование»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>высшее образование – бакалавриат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00060CBE">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="632" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00060CBE">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="633" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00060CBE">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="484" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
-[...5 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA0D17">
+              <w:t>0</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
+      <w:tr w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>44.03.05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1445" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Педагогическое образование (с двумя профилями подготовки)</w:t>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>профили: «История», «Обществознание»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>высшее образование – бакалавриат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3E9D">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="632" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3E9D">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="633" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="003A3E9D">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="484" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...37 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
+      <w:tr w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>44.03.05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1445" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Педагогическое образование (с двумя профилями </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
@@ -6844,607 +6846,604 @@
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>нформатика», «Информатизация образования</w:t>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">высшее образование – </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>бакалавриат</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="632" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA0D17">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="633" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA0D17">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="484" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...24 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
+      <w:tr w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
-[...8 lines deleted...]
-            <w:bookmarkStart w:id="0" w:name="_GoBack" w:colFirst="4" w:colLast="7"/>
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>44.03.05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1445" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Педагогическое образование (с двумя профилями подготовки)</w:t>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>профили: «Дошкольное образование», «Коррекционная педагогика»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>высшее образование – бакалавриат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="632" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA0D17">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="633" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA0D17">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="484" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...24 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
+      <w:tr w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>44.03.05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1445" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Педагогическое образование (с двумя профилями подготовки)</w:t>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>профили: «Начальное образование», «Коррекционная педагогика»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>высшее образование – бакалавриат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRPr="004C11F6" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="632" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="0031271A" w:rsidRDefault="0031271A" w:rsidP="0031271A">
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA0D17">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="633" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA0D17">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="484" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...24 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="0"/>
     </w:tbl>
     <w:p w:rsidR="00167ACA" w:rsidRPr="004C11F6" w:rsidRDefault="00167ACA" w:rsidP="00D073AB">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00167ACA" w:rsidRPr="004C11F6" w:rsidSect="00690473">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape" w:code="9"/>
       <w:pgMar w:top="794" w:right="567" w:bottom="454" w:left="567" w:header="454" w:footer="510" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00691E55" w:rsidRDefault="00691E55" w:rsidP="00464B54">
+    <w:p w:rsidR="005A48DF" w:rsidRDefault="005A48DF" w:rsidP="00464B54">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00691E55" w:rsidRDefault="00691E55" w:rsidP="00464B54">
+    <w:p w:rsidR="005A48DF" w:rsidRDefault="005A48DF" w:rsidP="00464B54">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00691E55" w:rsidRDefault="00691E55" w:rsidP="00464B54">
+    <w:p w:rsidR="005A48DF" w:rsidRDefault="005A48DF" w:rsidP="00464B54">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00691E55" w:rsidRDefault="00691E55" w:rsidP="00464B54">
+    <w:p w:rsidR="005A48DF" w:rsidRDefault="005A48DF" w:rsidP="00464B54">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="349772715"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
@@ -7454,223 +7453,256 @@
         <w:pPr>
           <w:pStyle w:val="a8"/>
           <w:jc w:val="center"/>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00464B54">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="00464B54">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r w:rsidRPr="00464B54">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="0031271A">
+        <w:r w:rsidR="00DD1BA6">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>2</w:t>
+          <w:t>4</w:t>
         </w:r>
         <w:r w:rsidRPr="00464B54">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001C773D"/>
     <w:rsid w:val="000574CD"/>
     <w:rsid w:val="0006731E"/>
+    <w:rsid w:val="000741CD"/>
     <w:rsid w:val="000C5966"/>
     <w:rsid w:val="000E75DB"/>
     <w:rsid w:val="000F0730"/>
     <w:rsid w:val="00106E93"/>
     <w:rsid w:val="001136FE"/>
+    <w:rsid w:val="00120542"/>
+    <w:rsid w:val="001345D3"/>
     <w:rsid w:val="00167536"/>
     <w:rsid w:val="00167ACA"/>
     <w:rsid w:val="0018505F"/>
     <w:rsid w:val="001C773D"/>
     <w:rsid w:val="001E6B51"/>
+    <w:rsid w:val="00213266"/>
     <w:rsid w:val="00250BD1"/>
     <w:rsid w:val="0026175F"/>
     <w:rsid w:val="00282CF0"/>
     <w:rsid w:val="00291841"/>
     <w:rsid w:val="00291929"/>
+    <w:rsid w:val="002B2BA8"/>
     <w:rsid w:val="002D55BB"/>
+    <w:rsid w:val="002D62D4"/>
     <w:rsid w:val="002F3B95"/>
     <w:rsid w:val="00304556"/>
     <w:rsid w:val="00310B94"/>
     <w:rsid w:val="0031271A"/>
     <w:rsid w:val="00315814"/>
     <w:rsid w:val="00322005"/>
     <w:rsid w:val="00341E28"/>
     <w:rsid w:val="00357F57"/>
     <w:rsid w:val="003B0A9E"/>
     <w:rsid w:val="003F2E32"/>
+    <w:rsid w:val="004138CE"/>
     <w:rsid w:val="00435E71"/>
     <w:rsid w:val="004433E4"/>
+    <w:rsid w:val="00450675"/>
     <w:rsid w:val="00462A27"/>
     <w:rsid w:val="00464B54"/>
     <w:rsid w:val="0047678F"/>
     <w:rsid w:val="004C11F6"/>
     <w:rsid w:val="004F069A"/>
     <w:rsid w:val="00504783"/>
     <w:rsid w:val="00546FA6"/>
     <w:rsid w:val="00547565"/>
+    <w:rsid w:val="0057737F"/>
     <w:rsid w:val="005A18C5"/>
     <w:rsid w:val="005A3AAD"/>
     <w:rsid w:val="005A4309"/>
+    <w:rsid w:val="005A48DF"/>
     <w:rsid w:val="005D3111"/>
     <w:rsid w:val="005E15BD"/>
     <w:rsid w:val="005E4907"/>
     <w:rsid w:val="005F163B"/>
     <w:rsid w:val="00614909"/>
     <w:rsid w:val="00632A5F"/>
     <w:rsid w:val="00636A40"/>
     <w:rsid w:val="00640143"/>
     <w:rsid w:val="0064107F"/>
     <w:rsid w:val="00643C77"/>
+    <w:rsid w:val="006506B1"/>
     <w:rsid w:val="00657436"/>
     <w:rsid w:val="00660EE8"/>
     <w:rsid w:val="006678FA"/>
     <w:rsid w:val="00690473"/>
     <w:rsid w:val="00691E55"/>
     <w:rsid w:val="006A3AFC"/>
     <w:rsid w:val="006A4558"/>
     <w:rsid w:val="006E3E46"/>
+    <w:rsid w:val="006F043A"/>
+    <w:rsid w:val="00706724"/>
     <w:rsid w:val="0071463C"/>
     <w:rsid w:val="00757E8B"/>
     <w:rsid w:val="007C06AB"/>
     <w:rsid w:val="007C2B1F"/>
     <w:rsid w:val="007D14D5"/>
     <w:rsid w:val="00803DFC"/>
     <w:rsid w:val="00806587"/>
     <w:rsid w:val="008174C8"/>
     <w:rsid w:val="008244C0"/>
+    <w:rsid w:val="0082539A"/>
     <w:rsid w:val="00833D7D"/>
     <w:rsid w:val="00837BCF"/>
+    <w:rsid w:val="0086039F"/>
     <w:rsid w:val="00861231"/>
+    <w:rsid w:val="00865A94"/>
     <w:rsid w:val="008775F1"/>
     <w:rsid w:val="008C4DE5"/>
+    <w:rsid w:val="0096360C"/>
     <w:rsid w:val="00977E47"/>
+    <w:rsid w:val="00981BAB"/>
     <w:rsid w:val="00993898"/>
     <w:rsid w:val="009A1EDB"/>
+    <w:rsid w:val="009A63A8"/>
     <w:rsid w:val="009B4B73"/>
     <w:rsid w:val="009C343E"/>
+    <w:rsid w:val="009D2325"/>
     <w:rsid w:val="009D3417"/>
     <w:rsid w:val="009E1F7C"/>
     <w:rsid w:val="009E7745"/>
     <w:rsid w:val="00A07D97"/>
     <w:rsid w:val="00A12891"/>
     <w:rsid w:val="00A6686F"/>
     <w:rsid w:val="00A80763"/>
+    <w:rsid w:val="00A81425"/>
+    <w:rsid w:val="00AA0331"/>
     <w:rsid w:val="00AC4E4F"/>
     <w:rsid w:val="00AC5A7E"/>
     <w:rsid w:val="00AD7164"/>
     <w:rsid w:val="00AE5442"/>
     <w:rsid w:val="00B10E9E"/>
     <w:rsid w:val="00B1157C"/>
+    <w:rsid w:val="00B16AB2"/>
     <w:rsid w:val="00B23E83"/>
+    <w:rsid w:val="00B43FDB"/>
     <w:rsid w:val="00B612D2"/>
     <w:rsid w:val="00B72CCF"/>
     <w:rsid w:val="00BB48BE"/>
     <w:rsid w:val="00BC77D9"/>
     <w:rsid w:val="00BF5828"/>
+    <w:rsid w:val="00C04D54"/>
     <w:rsid w:val="00C04E40"/>
     <w:rsid w:val="00C61609"/>
     <w:rsid w:val="00C714A8"/>
     <w:rsid w:val="00C91580"/>
     <w:rsid w:val="00C92947"/>
     <w:rsid w:val="00CA0CF3"/>
     <w:rsid w:val="00CA1736"/>
     <w:rsid w:val="00CD09EA"/>
     <w:rsid w:val="00CE2D8B"/>
     <w:rsid w:val="00D05D3A"/>
     <w:rsid w:val="00D066FE"/>
     <w:rsid w:val="00D073AB"/>
     <w:rsid w:val="00D145CC"/>
+    <w:rsid w:val="00D31CDD"/>
     <w:rsid w:val="00D74045"/>
     <w:rsid w:val="00D83D3E"/>
+    <w:rsid w:val="00D903E7"/>
     <w:rsid w:val="00DC79C5"/>
+    <w:rsid w:val="00DD1BA6"/>
     <w:rsid w:val="00DE0633"/>
+    <w:rsid w:val="00DE13D0"/>
     <w:rsid w:val="00DF464F"/>
     <w:rsid w:val="00E05E5F"/>
     <w:rsid w:val="00E377E9"/>
     <w:rsid w:val="00E56700"/>
+    <w:rsid w:val="00E8004D"/>
     <w:rsid w:val="00E84889"/>
     <w:rsid w:val="00EA02AE"/>
+    <w:rsid w:val="00EA3407"/>
     <w:rsid w:val="00EC4C6C"/>
     <w:rsid w:val="00ED09D6"/>
     <w:rsid w:val="00ED1B5D"/>
+    <w:rsid w:val="00EF180C"/>
     <w:rsid w:val="00EF192D"/>
     <w:rsid w:val="00EF1E86"/>
     <w:rsid w:val="00F0662C"/>
     <w:rsid w:val="00F50936"/>
     <w:rsid w:val="00F7399C"/>
+    <w:rsid w:val="00F759B0"/>
     <w:rsid w:val="00F86135"/>
     <w:rsid w:val="00FB2D87"/>
     <w:rsid w:val="00FE3CE0"/>
     <w:rsid w:val="00FF48EC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
@@ -8587,51 +8619,51 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0383E758-6F48-49AB-B098-A2E7EFF97373}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C698AA09-31F0-4D42-91E1-40A319E693CD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
   <Words>684</Words>
   <Characters>3899</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>32</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>