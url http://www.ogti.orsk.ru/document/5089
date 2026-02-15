--- v1 (2025-12-31)
+++ v2 (2026-02-15)
@@ -282,6527 +282,6525 @@
             <w:tcW w:w="484" w:type="pct"/>
           </w:tcPr>
           <w:p w:rsidR="00EC4C6C" w:rsidRPr="004C11F6" w:rsidRDefault="00EC4C6C" w:rsidP="00D073AB">
             <w:pPr>
               <w:spacing w:line="220" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Численность отчисленных обучающихся</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A3AAD" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
+      <w:tr w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="005A3AAD" w:rsidRPr="004C11F6" w:rsidRDefault="005A3AAD" w:rsidP="005A3AAD">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>09.03.01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1445" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="005A3AAD" w:rsidRPr="004C11F6" w:rsidRDefault="005A3AAD" w:rsidP="005A3AAD">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Информатика и вычислительная техника</w:t>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>профиль Программное обеспечение средств вычислительной техники и автоматизированных систем</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="005A3AAD" w:rsidRPr="004C11F6" w:rsidRDefault="005A3AAD" w:rsidP="005A3AAD">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>высшее образование – бакалавриат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="005A3AAD" w:rsidRPr="004C11F6" w:rsidRDefault="005A3AAD" w:rsidP="005A3AAD">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="005A3AAD" w:rsidRDefault="005A3AAD" w:rsidP="005A3AAD">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="632" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="005A3AAD" w:rsidRDefault="005A3AAD" w:rsidP="005A3AAD">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00CA0D17">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00255573">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="633" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="005A3AAD" w:rsidRDefault="005A3AAD" w:rsidP="005A3AAD">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00CA0D17">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00255573">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="484" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="005A3AAD" w:rsidRDefault="0064107F" w:rsidP="005A3AAD">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00255573">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
+      <w:tr w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1445" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00906636">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C93FDD">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="632" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00906636">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C93FDD">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="633" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
-[...4 lines deleted...]
-              <w:t>0</w:t>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="484" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="008C7928">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="315" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C11F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>09.03.03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1445" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C11F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Прикладная информатика</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C11F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004C11F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>профиль Прикладная информатика в экономике</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="542" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C11F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>высшее образование – бакалавриат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="362" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C11F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>очная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="587" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008C4E37">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="632" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008C4E37">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="633" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008C4E37">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="484" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008C4E37">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="315" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C11F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>13.03.01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1445" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C11F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Теплоэнергетика и теплотехника</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C11F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004C11F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>профиль Энергообеспечение предприятий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="542" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C11F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>высшее образование – бакалавриат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="362" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C11F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>заочная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="587" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E81D62">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="632" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E81D62">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="633" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E81D62">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="484" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="315" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C11F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>13.03.02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1445" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C11F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Электроэнергетика и электротехника</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C11F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004C11F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>профиль Электроснабжение</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="542" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C11F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>высшее образование – бакалавриат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="362" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C11F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>очная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="587" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3551">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="632" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3551">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="633" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3551">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="484" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="315" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1445" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="542" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="362" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C11F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>заочная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="587" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00816211">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="632" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00816211">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="633" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="484" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="315" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C11F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>15.03.05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1445" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C11F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Конструкторско-технологическое обеспечение машиностроительных производств</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C11F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004C11F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>профиль Технология машиностроения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="542" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C11F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>высшее образование – бакалавриат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="362" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C11F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>очная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="587" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00750436">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="632" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00750436">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="633" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00750436">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="484" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00750436">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
+            <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004C11F6">
-[...7 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1445" w:type="pct"/>
+            <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004C11F6">
-[...27 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="pct"/>
+            <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004C11F6">
-[...7 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
           </w:tcPr>
           <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>очная</w:t>
+              <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="632" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
-[...198 lines deleted...]
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="00DE13D0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00306B50" w:rsidP="00B47096">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...148 lines deleted...]
-        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="633" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
-[...12 lines deleted...]
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="00A81425" w:rsidP="00F759B0">
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="00A05E69" w:rsidP="00B47096">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="484" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F759B0" w:rsidRDefault="003A049B" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
-[...433 lines deleted...]
-      <w:tr w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidTr="00784DA2">
+      <w:tr w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidTr="00784DA2">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1104"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>22.03.01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1445" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Материаловедение и технология материалов</w:t>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>профиль Материаловедение и технологии материалов в машиностроении</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>высшее образование – бакалавриат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002A7464">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="632" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00CA0D17">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002A7464">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="633" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00CA0D17">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002A7464">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="484" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002A7464">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidTr="00744BE6">
+      <w:tr w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidTr="00744BE6">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1104"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>23.03.03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1445" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Эксплуатация транспортно- технологических машин и комплексов</w:t>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>профиль Автомобили и автомобильное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>высшее образование – бакалавриат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002A7464">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="632" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00CA0D17">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002A7464">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="633" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00CA0D17">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002A7464">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="484" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002A7464">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
+      <w:tr w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>38.03.01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1445" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Экономика</w:t>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>профиль Бухгалтерский учет, анализ и аудит</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>высшее образование – бакалавриат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002A7464">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="632" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00CA0D17">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002A7464">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="633" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00CA0D17">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002A7464">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="484" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002A7464">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
+      <w:tr w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1445" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очно-заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002A7464">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="632" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00CA0D17">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002A7464">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="633" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00CA0D17">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002A7464">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="484" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002A7464">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
+      <w:tr w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1445" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002A7464">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="632" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00CA0D17">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002A7464">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="633" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00CA0D17">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002A7464">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="484" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002A7464">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
+      <w:tr w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>38.03.01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1445" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Экономика</w:t>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>профиль Экономика предприятий и организаций</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>высшее образование – бакалавриат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5667B">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="632" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00CA0D17">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5667B">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="633" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00CA0D17">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5667B">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="484" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5667B">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
+      <w:tr w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1445" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очно-заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5667B">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="632" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00CA0D17">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5667B">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="633" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="009A63A8" w:rsidP="00F759B0">
-[...4 lines deleted...]
-              <w:t>1</w:t>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5667B">
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="484" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="00DD1BA6" w:rsidP="00F759B0">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00CA0D17">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5667B">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
+      <w:tr w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1445" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5667B">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="632" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00CA0D17">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5667B">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="633" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="007561D5">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5667B">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="484" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="007561D5">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5667B">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
+      <w:tr w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>38.03.02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1445" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Менеджмент</w:t>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>профиль Финансовый менеджмент</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>высшее образование – бакалавриат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5667B">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="632" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00CA0D17">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5667B">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="633" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="007561D5">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5667B">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="484" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="007561D5">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5667B">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
+      <w:tr w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1445" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очно-заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5667B">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="632" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00CA0D17">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5667B">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="633" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="007561D5">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5667B">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="484" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="007561D5">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5667B">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
+      <w:tr w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1445" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5667B">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="632" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00CA0D17">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5667B">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="633" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="007561D5">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5667B">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="484" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="007561D5">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5667B">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
+      <w:tr w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>38.03.04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1445" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Государственное и муниципальное управление</w:t>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>профиль Муниципальное управление</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>высшее образование – бакалавриат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5667B">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="632" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00CA0D17">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5667B">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="633" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="007561D5">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5667B">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="484" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="007561D5">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B5667B">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
+      <w:tr w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1445" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очно-заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD4ABB">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="632" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD4ABB">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="633" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t>0</w:t>
-[...25 lines deleted...]
-              <w:t>0</w:t>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="484" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
-[...4 lines deleted...]
-              <w:t>0</w:t>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
+      <w:tr w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1445" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C0749B">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="632" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00CA0D17">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C0749B">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="633" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="007561D5">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C0749B">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="484" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="007561D5">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C0749B">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
+      <w:tr w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>40.03.01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1445" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Юриспруденция</w:t>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>профиль Гражданско-правовой</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>высшее образование – бакалавриат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C0749B">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="632" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00CA0D17">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C0749B">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="633" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="007561D5">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C0749B">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="484" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="007561D5">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C0749B">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
+      <w:tr w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1445" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очно-заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C0749B">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="632" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00CA0D17">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C0749B">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="633" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="00DD1BA6" w:rsidP="00F759B0">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00CA0D17">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C0749B">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="484" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="00EA3407" w:rsidP="00F759B0">
-[...4 lines deleted...]
-              <w:t>1</w:t>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C0749B">
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
+      <w:tr w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>44.03.01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1445" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Педагогическое образование</w:t>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>профиль Информатика и ИКТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>высшее образование – бакалавриат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C0749B">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="632" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00CA0D17">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C0749B">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="633" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00CA0D17">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C0749B">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="484" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C0749B">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
+      <w:tr w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>44.03.01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1445" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Педагогическое образование</w:t>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>профиль Безопасность жизнедеятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>высшее образование – бакалавриат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C0749B">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="632" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00CA0D17">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C0749B">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="633" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00CA0D17">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C0749B">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="484" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C0749B">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
+      <w:tr w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1445" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C0749B">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="632" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00CA0D17">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C0749B">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="633" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00CA0D17">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C0749B">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="484" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C0749B">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidTr="00803DFC">
+      <w:tr w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidTr="00803DFC">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="522"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>44.03.01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1445" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Педагогическое образование</w:t>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>профиль История</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>высшее образование – бакалавриат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C0749B">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="632" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00CA0D17">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C0749B">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="633" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00CA0D17">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C0749B">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="484" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C0749B">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
+      <w:tr w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>44.03.01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1445" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Педагогическое образование</w:t>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>профиль Иностранный язык</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>высшее образование – бакалавриат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C0749B">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="632" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00CA0D17">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C0749B">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="633" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00CA0D17">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C0749B">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="484" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C0749B">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
+      <w:tr w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>44.03.01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1445" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Педагогическое образование</w:t>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>профиль Дошкольное образование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>высшее образование – бакалавриат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C0749B">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="632" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00CA0D17">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C0749B">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="633" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00CA0D17">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C0749B">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="484" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C0749B">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
+      <w:tr w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1445" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C0749B">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="632" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00CA0D17">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C0749B">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="633" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00CA0D17">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C0749B">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="484" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C0749B">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidTr="00053082">
+      <w:tr w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidTr="00053082">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="828"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>44.03.01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1445" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Педагогическое образование</w:t>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>профиль Начальное образование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>высшее образование – бакалавриат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B60768">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="632" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B60768">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="633" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B60768">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="484" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t>0</w:t>
-[...38 lines deleted...]
-              <w:t>0</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
+      <w:tr w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>44.03.02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1445" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Психолого-педагогическое образование</w:t>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>профиль Психология образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>высшее образование – бакалавриат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA50E9">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="632" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00CA0D17">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA50E9">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="633" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00CA0D17">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA50E9">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="484" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA50E9">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
+      <w:tr w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1445" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF6AC7">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="632" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF6AC7">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="633" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF6AC7">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="484" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t>0</w:t>
-[...38 lines deleted...]
-              <w:t>0</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
+      <w:tr w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>44.03.05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1445" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Педагогическое образование (с двумя профилями подготовки)</w:t>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>профили: «Русский язык», «Литература»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>высшее образование – бакалавриат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF6AC7">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="632" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF6AC7">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="633" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF6AC7">
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="484" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...37 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
+      <w:tr w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1445" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00060CBE">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2065">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="632" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00060CBE">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2065">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="633" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00060CBE">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2065">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="484" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
-[...4 lines deleted...]
-              <w:t>3</w:t>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2065">
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
+      <w:tr w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>44.03.05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1445" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Педагогическое образование (с двумя профилями подготовки)</w:t>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>профили: «Математика», «Физика»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>высшее образование – бакалавриат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00060CBE">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF74B5">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="632" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00060CBE">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF74B5">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="633" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00060CBE">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF74B5">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="484" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t>3</w:t>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
+      <w:tr w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>44.03.05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1445" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Педагогическое образование (с двумя профилями подготовки)</w:t>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>профили: «Безопасность жизнедеятельности», «Физическая культура»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>высшее образование – бакалавриат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00060CBE">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C17899">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="632" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00060CBE">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C17899">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="633" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00060CBE">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C17899">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="484" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
-[...4 lines deleted...]
-              <w:t>1</w:t>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C17899">
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
+      <w:tr w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>44.03.05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1445" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Педагогическое образование</w:t>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>профили: «Английский язык», «Немецкий язык»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>высшее образование – бакалавриат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00060CBE">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C17899">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="632" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00060CBE">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C17899">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="633" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00060CBE">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C17899">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="484" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
-[...4 lines deleted...]
-              <w:t>1</w:t>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C17899">
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
+      <w:tr w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>44.03.05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1445" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Педагогическое образование (с двумя профилями подготовки)</w:t>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>профили: «Дошкольное образование», «Начальное образование»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>высшее образование – бакалавриат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00060CBE">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C17899">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="632" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00060CBE">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C17899">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="633" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00060CBE">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C17899">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="484" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
-[...7 lines deleted...]
-            <w:bookmarkEnd w:id="0"/>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C17899">
+              <w:t>0</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
+      <w:tr w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>44.03.05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1445" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Педагогическое образование (с двумя профилями подготовки)</w:t>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>профили: «История», «Обществознание»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>высшее образование – бакалавриат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRPr="004C11F6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="003A3E9D">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C17899">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="632" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="003A3E9D">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C17899">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="633" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="003A3E9D">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C17899">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="484" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD1BA6" w:rsidRDefault="00DD1BA6" w:rsidP="00DD1BA6">
-[...4 lines deleted...]
-              <w:t>1</w:t>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C17899">
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
+      <w:tr w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>44.03.05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1445" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Педагогическое образование (с двумя профилями </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
@@ -6846,604 +6844,606 @@
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>нформатика», «Информатизация образования</w:t>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">высшее образование – </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>бакалавриат</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C17899">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="632" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00CA0D17">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C17899">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="633" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00CA0D17">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C17899">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="484" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C17899">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
+      <w:tr w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_GoBack" w:colFirst="4" w:colLast="7"/>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>44.03.05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1445" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Педагогическое образование (с двумя профилями подготовки)</w:t>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>профили: «Дошкольное образование», «Коррекционная педагогика»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>высшее образование – бакалавриат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005A7D70">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="632" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00CA0D17">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005A7D70">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="633" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00CA0D17">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005A7D70">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="484" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005A7D70">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
+      <w:tr w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidTr="004C11F6">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="315" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>44.03.05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1445" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Педагогическое образование (с двумя профилями подготовки)</w:t>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>профили: «Начальное образование», «Коррекционная педагогика»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>высшее образование – бакалавриат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="362" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRPr="004C11F6" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
+          <w:p w:rsidR="00B47096" w:rsidRPr="004C11F6" w:rsidRDefault="00B47096" w:rsidP="00B47096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C11F6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="587" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005A7D70">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="632" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00CA0D17">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005A7D70">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="633" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00CA0D17">
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005A7D70">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="484" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00F759B0" w:rsidRDefault="00F759B0" w:rsidP="00F759B0">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00B47096" w:rsidRDefault="00B47096" w:rsidP="00B47096">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005A7D70">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:bookmarkEnd w:id="0"/>
     </w:tbl>
     <w:p w:rsidR="00167ACA" w:rsidRPr="004C11F6" w:rsidRDefault="00167ACA" w:rsidP="00D073AB">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00167ACA" w:rsidRPr="004C11F6" w:rsidSect="00690473">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape" w:code="9"/>
       <w:pgMar w:top="794" w:right="567" w:bottom="454" w:left="567" w:header="454" w:footer="510" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="005A48DF" w:rsidRDefault="005A48DF" w:rsidP="00464B54">
+    <w:p w:rsidR="00F15C17" w:rsidRDefault="00F15C17" w:rsidP="00464B54">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="005A48DF" w:rsidRDefault="005A48DF" w:rsidP="00464B54">
+    <w:p w:rsidR="00F15C17" w:rsidRDefault="00F15C17" w:rsidP="00464B54">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="005A48DF" w:rsidRDefault="005A48DF" w:rsidP="00464B54">
+    <w:p w:rsidR="00F15C17" w:rsidRDefault="00F15C17" w:rsidP="00464B54">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="005A48DF" w:rsidRDefault="005A48DF" w:rsidP="00464B54">
+    <w:p w:rsidR="00F15C17" w:rsidRDefault="00F15C17" w:rsidP="00464B54">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="349772715"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
@@ -7453,259 +7453,284 @@
         <w:pPr>
           <w:pStyle w:val="a8"/>
           <w:jc w:val="center"/>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00464B54">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="00464B54">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r w:rsidRPr="00464B54">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00DD1BA6">
+        <w:r w:rsidR="00B47096">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>4</w:t>
+          <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="00464B54">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001C773D"/>
+    <w:rsid w:val="00055767"/>
     <w:rsid w:val="000574CD"/>
     <w:rsid w:val="0006731E"/>
     <w:rsid w:val="000741CD"/>
     <w:rsid w:val="000C5966"/>
     <w:rsid w:val="000E75DB"/>
     <w:rsid w:val="000F0730"/>
     <w:rsid w:val="00106E93"/>
     <w:rsid w:val="001136FE"/>
     <w:rsid w:val="00120542"/>
     <w:rsid w:val="001345D3"/>
     <w:rsid w:val="00167536"/>
     <w:rsid w:val="00167ACA"/>
     <w:rsid w:val="0018505F"/>
     <w:rsid w:val="001C773D"/>
     <w:rsid w:val="001E6B51"/>
+    <w:rsid w:val="001E7678"/>
     <w:rsid w:val="00213266"/>
     <w:rsid w:val="00250BD1"/>
+    <w:rsid w:val="00261304"/>
     <w:rsid w:val="0026175F"/>
     <w:rsid w:val="00282CF0"/>
     <w:rsid w:val="00291841"/>
     <w:rsid w:val="00291929"/>
     <w:rsid w:val="002B2BA8"/>
     <w:rsid w:val="002D55BB"/>
     <w:rsid w:val="002D62D4"/>
     <w:rsid w:val="002F3B95"/>
     <w:rsid w:val="00304556"/>
+    <w:rsid w:val="00306B50"/>
     <w:rsid w:val="00310B94"/>
     <w:rsid w:val="0031271A"/>
     <w:rsid w:val="00315814"/>
     <w:rsid w:val="00322005"/>
     <w:rsid w:val="00341E28"/>
     <w:rsid w:val="00357F57"/>
+    <w:rsid w:val="003A049B"/>
     <w:rsid w:val="003B0A9E"/>
     <w:rsid w:val="003F2E32"/>
     <w:rsid w:val="004138CE"/>
+    <w:rsid w:val="0042428C"/>
     <w:rsid w:val="00435E71"/>
     <w:rsid w:val="004433E4"/>
     <w:rsid w:val="00450675"/>
     <w:rsid w:val="00462A27"/>
     <w:rsid w:val="00464B54"/>
     <w:rsid w:val="0047678F"/>
+    <w:rsid w:val="0047732F"/>
+    <w:rsid w:val="00485988"/>
     <w:rsid w:val="004C11F6"/>
     <w:rsid w:val="004F069A"/>
     <w:rsid w:val="00504783"/>
+    <w:rsid w:val="00522A56"/>
+    <w:rsid w:val="00527AE9"/>
     <w:rsid w:val="00546FA6"/>
     <w:rsid w:val="00547565"/>
     <w:rsid w:val="0057737F"/>
     <w:rsid w:val="005A18C5"/>
     <w:rsid w:val="005A3AAD"/>
     <w:rsid w:val="005A4309"/>
     <w:rsid w:val="005A48DF"/>
     <w:rsid w:val="005D3111"/>
     <w:rsid w:val="005E15BD"/>
     <w:rsid w:val="005E4907"/>
     <w:rsid w:val="005F163B"/>
     <w:rsid w:val="00614909"/>
     <w:rsid w:val="00632A5F"/>
     <w:rsid w:val="00636A40"/>
     <w:rsid w:val="00640143"/>
     <w:rsid w:val="0064107F"/>
     <w:rsid w:val="00643C77"/>
     <w:rsid w:val="006506B1"/>
     <w:rsid w:val="00657436"/>
     <w:rsid w:val="00660EE8"/>
     <w:rsid w:val="006678FA"/>
     <w:rsid w:val="00690473"/>
     <w:rsid w:val="00691E55"/>
     <w:rsid w:val="006A3AFC"/>
     <w:rsid w:val="006A4558"/>
+    <w:rsid w:val="006B508A"/>
+    <w:rsid w:val="006D1249"/>
     <w:rsid w:val="006E3E46"/>
     <w:rsid w:val="006F043A"/>
     <w:rsid w:val="00706724"/>
     <w:rsid w:val="0071463C"/>
+    <w:rsid w:val="00734EC9"/>
     <w:rsid w:val="00757E8B"/>
+    <w:rsid w:val="00791880"/>
     <w:rsid w:val="007C06AB"/>
     <w:rsid w:val="007C2B1F"/>
     <w:rsid w:val="007D14D5"/>
     <w:rsid w:val="00803DFC"/>
     <w:rsid w:val="00806587"/>
     <w:rsid w:val="008174C8"/>
     <w:rsid w:val="008244C0"/>
     <w:rsid w:val="0082539A"/>
     <w:rsid w:val="00833D7D"/>
     <w:rsid w:val="00837BCF"/>
     <w:rsid w:val="0086039F"/>
     <w:rsid w:val="00861231"/>
+    <w:rsid w:val="008622D3"/>
     <w:rsid w:val="00865A94"/>
     <w:rsid w:val="008775F1"/>
     <w:rsid w:val="008C4DE5"/>
     <w:rsid w:val="0096360C"/>
     <w:rsid w:val="00977E47"/>
     <w:rsid w:val="00981BAB"/>
     <w:rsid w:val="00993898"/>
     <w:rsid w:val="009A1EDB"/>
     <w:rsid w:val="009A63A8"/>
     <w:rsid w:val="009B4B73"/>
     <w:rsid w:val="009C343E"/>
     <w:rsid w:val="009D2325"/>
     <w:rsid w:val="009D3417"/>
     <w:rsid w:val="009E1F7C"/>
     <w:rsid w:val="009E7745"/>
+    <w:rsid w:val="00A05E69"/>
     <w:rsid w:val="00A07D97"/>
     <w:rsid w:val="00A12891"/>
     <w:rsid w:val="00A6686F"/>
     <w:rsid w:val="00A80763"/>
     <w:rsid w:val="00A81425"/>
     <w:rsid w:val="00AA0331"/>
     <w:rsid w:val="00AC4E4F"/>
     <w:rsid w:val="00AC5A7E"/>
     <w:rsid w:val="00AD7164"/>
     <w:rsid w:val="00AE5442"/>
     <w:rsid w:val="00B10E9E"/>
     <w:rsid w:val="00B1157C"/>
     <w:rsid w:val="00B16AB2"/>
     <w:rsid w:val="00B23E83"/>
     <w:rsid w:val="00B43FDB"/>
+    <w:rsid w:val="00B47096"/>
     <w:rsid w:val="00B612D2"/>
     <w:rsid w:val="00B72CCF"/>
     <w:rsid w:val="00BB48BE"/>
     <w:rsid w:val="00BC77D9"/>
+    <w:rsid w:val="00BF3E6B"/>
     <w:rsid w:val="00BF5828"/>
     <w:rsid w:val="00C04D54"/>
     <w:rsid w:val="00C04E40"/>
     <w:rsid w:val="00C61609"/>
     <w:rsid w:val="00C714A8"/>
     <w:rsid w:val="00C91580"/>
     <w:rsid w:val="00C92947"/>
     <w:rsid w:val="00CA0CF3"/>
     <w:rsid w:val="00CA1736"/>
     <w:rsid w:val="00CD09EA"/>
     <w:rsid w:val="00CE2D8B"/>
+    <w:rsid w:val="00CF4A91"/>
     <w:rsid w:val="00D05D3A"/>
     <w:rsid w:val="00D066FE"/>
     <w:rsid w:val="00D073AB"/>
     <w:rsid w:val="00D145CC"/>
     <w:rsid w:val="00D31CDD"/>
     <w:rsid w:val="00D74045"/>
     <w:rsid w:val="00D83D3E"/>
     <w:rsid w:val="00D903E7"/>
+    <w:rsid w:val="00DA5BF1"/>
     <w:rsid w:val="00DC79C5"/>
     <w:rsid w:val="00DD1BA6"/>
     <w:rsid w:val="00DE0633"/>
     <w:rsid w:val="00DE13D0"/>
     <w:rsid w:val="00DF464F"/>
     <w:rsid w:val="00E05E5F"/>
     <w:rsid w:val="00E377E9"/>
     <w:rsid w:val="00E56700"/>
     <w:rsid w:val="00E8004D"/>
     <w:rsid w:val="00E84889"/>
     <w:rsid w:val="00EA02AE"/>
     <w:rsid w:val="00EA3407"/>
+    <w:rsid w:val="00EB156A"/>
     <w:rsid w:val="00EC4C6C"/>
     <w:rsid w:val="00ED09D6"/>
     <w:rsid w:val="00ED1B5D"/>
     <w:rsid w:val="00EF180C"/>
     <w:rsid w:val="00EF192D"/>
     <w:rsid w:val="00EF1E86"/>
     <w:rsid w:val="00F0662C"/>
+    <w:rsid w:val="00F15C17"/>
     <w:rsid w:val="00F50936"/>
+    <w:rsid w:val="00F73011"/>
     <w:rsid w:val="00F7399C"/>
     <w:rsid w:val="00F759B0"/>
     <w:rsid w:val="00F86135"/>
+    <w:rsid w:val="00F901DE"/>
     <w:rsid w:val="00FB2D87"/>
     <w:rsid w:val="00FE3CE0"/>
+    <w:rsid w:val="00FF0ED5"/>
     <w:rsid w:val="00FF48EC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -8619,51 +8644,51 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C698AA09-31F0-4D42-91E1-40A319E693CD}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D9380110-EEC1-4CA0-9A51-6C316ED82513}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
   <Words>684</Words>
   <Characters>3899</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>32</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>